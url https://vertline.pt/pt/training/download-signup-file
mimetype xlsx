--- v0 (2025-10-12)
+++ v1 (2025-12-08)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Inscrições-PT" sheetId="1" r:id="rId4"/>
     <sheet name="AllowedValues" sheetId="2" state="hidden" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="419">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="422">
   <si>
     <t>Formandos</t>
   </si>
   <si>
     <t>Escolher Formação e Data</t>
   </si>
   <si>
     <t>IRATA
 (deixar em branco se a inscrição for para outra formação)</t>
   </si>
   <si>
     <t>Tipo de inscrição</t>
   </si>
   <si>
     <t>Expiração Certificado Atual</t>
   </si>
   <si>
     <t>Número de técnico</t>
   </si>
   <si>
     <t>Nível atual</t>
   </si>
   <si>
     <t>Novo nível</t>
   </si>
@@ -438,72 +438,81 @@
   <si>
     <t>Formando 93</t>
   </si>
   <si>
     <t>Formando 94</t>
   </si>
   <si>
     <t>Formando 95</t>
   </si>
   <si>
     <t>Formando 96</t>
   </si>
   <si>
     <t>Formando 97</t>
   </si>
   <si>
     <t>Formando 98</t>
   </si>
   <si>
     <t>Formando 99</t>
   </si>
   <si>
     <t>Formando 100</t>
   </si>
   <si>
-    <t>UFCD 10673 | 26-28 Nov '25 [31]</t>
-[...8 lines deleted...]
-    <t>IRATA | 3-9 Nov '25 [16]</t>
+    <t>UFCD 10673 | 5-7 Jan '26 [68]</t>
+  </si>
+  <si>
+    <t>UFCD 10673 | 2-4 Fev '26 [74]</t>
+  </si>
+  <si>
+    <t>UFCD 10674 | 10-17 Dez '25 [45]</t>
+  </si>
+  <si>
+    <t>UFCD 10674 | 19-26 Jan '26 [69]</t>
   </si>
   <si>
     <t>IRATA | 1-7 Dez '25 [18]</t>
   </si>
   <si>
-    <t>AST - Ancoragens | 16-17 Out '25 [47]</t>
-[...5 lines deleted...]
-    <t>ITRA | 28 Out a 1 Nov '25 [66]</t>
+    <t>IRATA | 12-18 Jan '26 [67]</t>
+  </si>
+  <si>
+    <t>IRATA | 9-15 Fev '26 [71]</t>
+  </si>
+  <si>
+    <t>AST - Ancoragens | 8-9 Jan '26 [46]</t>
+  </si>
+  <si>
+    <t>TAC | 5-7 Jan '26 [70]</t>
+  </si>
+  <si>
+    <t>TAC | 2-6 Fev '26 [73]</t>
+  </si>
+  <si>
+    <t>Segurança em Altura | 8-9 Dez '25 [72]</t>
   </si>
   <si>
     <t>Primeira inscrição (nunca fiz) [1]</t>
   </si>
   <si>
     <t>Renovação do nível atual [2]</t>
   </si>
   <si>
     <t>Subir de nível [3]</t>
   </si>
   <si>
     <t>Nível 1 para Nível 2 [2]</t>
   </si>
   <si>
     <t>Nível 2 para Nível 3 [3]</t>
   </si>
   <si>
     <t>Cartão Cidadão [cc]</t>
   </si>
   <si>
     <t>Passaporte [passaporte]</t>
   </si>
   <si>
     <t>Autorização de Residência [autorizacao_residencia]</t>
   </si>
@@ -13737,1407 +13746,1416 @@
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G259"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>140</v>
       </c>
       <c r="B1" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C1">
         <v>1</v>
       </c>
       <c r="D1" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="E1" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="F1" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="G1" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>141</v>
       </c>
       <c r="B2" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C2">
         <v>2</v>
       </c>
       <c r="D2" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="E2" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="F2" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="G2" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>142</v>
       </c>
       <c r="B3" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C3">
         <v>3</v>
       </c>
       <c r="E3" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="G3" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>143</v>
       </c>
       <c r="E4" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="G4" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>144</v>
       </c>
       <c r="E5" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="G5" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>145</v>
       </c>
       <c r="G6" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>146</v>
       </c>
       <c r="G7" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>147</v>
       </c>
       <c r="G8" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
     </row>
     <row r="9" spans="1:7">
+      <c r="A9" t="s">
+        <v>148</v>
+      </c>
       <c r="G9" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
     </row>
     <row r="10" spans="1:7">
+      <c r="A10" t="s">
+        <v>149</v>
+      </c>
       <c r="G10" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
     </row>
     <row r="11" spans="1:7">
+      <c r="A11" t="s">
+        <v>150</v>
+      </c>
       <c r="G11" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="G12" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="G13" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="G14" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="G15" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="G16" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="G17" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="G18" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="G19" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="G20" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="G21" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="G22" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="G23" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="G24" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="G25" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="G26" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="G27" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="G28" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="G29" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="G30" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="G31" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="G32" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="G33" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="G34" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="G35" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="G36" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="G37" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="G38" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="G39" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="G40" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="G41" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="G42" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="G43" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="G44" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="G45" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="G46" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="G47" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="G48" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="G49" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="G50" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="G51" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="G52" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="G53" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="G54" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="G55" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="G56" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="G57" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="G58" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="G59" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="G60" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="G61" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="G62" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="G63" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="G64" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="G65" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="G66" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="G67" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="G68" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="G69" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="G70" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="G71" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="G72" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="G73" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="G74" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="G75" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="G76" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="G77" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="G78" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="G79" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="G80" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="G81" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="G82" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="G83" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="G84" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="G85" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="G86" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="G87" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="G88" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="G89" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="G90" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="G91" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="G92" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="G93" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="G94" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="G95" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="G96" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="G97" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="G98" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="G99" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="G100" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="G101" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="G102" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="G103" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="G104" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="G105" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="G106" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="G107" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="G108" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="G109" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="G110" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="G111" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="G112" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="G113" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="G114" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="G115" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="G116" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="G117" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="G118" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="G119" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="G120" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="G121" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="G122" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="G123" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="G124" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="G125" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="G126" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="G127" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="G128" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="G129" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="G130" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="G131" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="G132" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="G133" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="G134" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="G135" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="G136" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="G137" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="G138" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="G139" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="G140" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="G141" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="G142" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="G143" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="G144" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="G145" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="G146" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="G147" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="G148" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="G149" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="G150" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="G151" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="G152" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="G153" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="G154" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="G155" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="G156" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="G157" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="G158" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="G159" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="G160" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="G161" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="G162" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="G163" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="G164" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="G165" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="G166" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="G167" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="G168" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="G169" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="G170" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="G171" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="G172" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="G173" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="G174" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="G175" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="G176" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="G177" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="G178" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="G179" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="G180" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="G181" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="G182" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="G183" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="G184" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="G185" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="G186" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="G187" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="G188" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="G189" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="G190" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="G191" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="G192" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="G193" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="G194" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="G195" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="G196" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="G197" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="G198" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="G199" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="G200" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="G201" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="G202" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="G203" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="G204" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="G205" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="G206" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="G207" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="G208" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="G209" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="G210" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="G211" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="G212" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="G213" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="G214" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="G215" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="G216" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="G217" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="G218" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="G219" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="G220" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="G221" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="G222" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="G223" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="G224" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="G225" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="G226" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="G227" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="G228" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="G229" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="G230" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="G231" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="G232" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="G233" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="G234" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="G235" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="G236" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="G237" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="G238" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="G239" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="G240" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="G241" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="G242" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="G243" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="G244" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="G245" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="G246" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="G247" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="G248" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="G249" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="G250" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="G251" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="G252" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="G253" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="G254" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="G255" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="G256" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="G257" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="G258" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="G259" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection password="FDF3" sheet="1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>